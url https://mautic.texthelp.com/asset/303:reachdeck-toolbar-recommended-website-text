--- v0 (2025-10-06)
+++ v1 (2026-02-22)
@@ -1,913 +1,659 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-[...15 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="240" w:after="240"/>
+        <w:spacing w:after="240" w:before="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:ascii="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca" w:cs="Lexend Deca"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_heading=h.7xgw37z6gpe2" w:colFirst="0" w:colLast="0"/>
+          <w:rFonts w:ascii="Lexend Deca" w:cs="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gc6fm3hsztbl" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240" w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend Deca" w:cs="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7xgw37z6gpe2" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Lexend Deca" w:cs="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ReachDeck Toolbar - Recommended text for website accessibility statement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Need help reading our website? No problem!  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We’ve added the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8">
-[...1 lines deleted...]
-        <w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="1155CC"/>
+            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t>ReachDeck</w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve"> Toolbar</w:t>
+          <w:t xml:space="preserve">ReachDeck Toolbar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...58 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to our site. If you struggle with reading, have a visual impairment, or prefer to read in your own language, the ReachDeck Toolbar can help. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Try it out for yourself...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on </w:t>
       </w:r>
-      <w:r>
-[...131 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the orange ‘speak’ button that you can see in the header of all our website pages [edit to suit your integration]</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  This will launch the ReachDeck Toolbar. You’ll see it dock to the top of your screen. Now click on the first ‘pointed finger’ icon on that toolbar and hover your mouse pointer over any text on our site to hear it read out loud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How does the ReachDeck Toolbar help?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The ReachDeck Toolbar will help you to read and translate the content on our website. Its features include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text-to-speech: click on or select any text to hear it read aloud</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Translation: translate content into over 100 languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text magnification: enlarge text and hear it read out loud</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mp3 generation: convert selected text into an MP3 audio file</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="004A49DE" w:rsidRDefault="004E3634">
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Screen mask: reduce glare with a tinted mask</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="312" w:right="-107" w:hanging="285"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...89 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Web page simplifier: remove clutter from the screen. Display only the main text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Need support?  Everway has you covered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-217"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:r>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Head over to Everway’s dedicated </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:color w:val="1155CC"/>
+            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t>Support Site</w:t>
+          <w:t xml:space="preserve">Support Site</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...27 lines deleted...]
-      <w:pgMar w:top="1133" w:right="1247" w:bottom="1133" w:left="1247" w:header="0" w:footer="720" w:gutter="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to find lots of useful articles on ReachDeck. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-217"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference r:id="rId8" w:type="default"/>
+      <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
+  <w:font w:name="Figtree">
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+    <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
+    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+  </w:font>
+  <w:font w:name="Lexend Deca">
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId5" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId6" w:subsetted="0"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:panose1 w:val="020B0606030504020204"/>
-[...28 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId7" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId8" w:subsetted="0"/>
+    <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId9" w:subsetted="0"/>
+    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId10" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...126 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="004A49DE" w:rsidRDefault="004A49DE">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
     <w:pPr>
       <w:jc w:val="center"/>
+      <w:rPr/>
     </w:pPr>
-  </w:p>
-[...12 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr/>
       <w:drawing>
-        <wp:inline distT="114300" distB="114300" distL="114300" distR="114300">
-[...4 lines deleted...]
-          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+        <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+          <wp:extent cx="2060738" cy="493718"/>
+          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:docPr id="1" name="image1.png"/>
+          <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png" descr="TexthelpR_Master_Logo_CMYK.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect/>
+                  <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2420775" cy="482368"/>
+                    <a:ext cx="2060738" cy="493718"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                  </a:prstGeom>
+                  <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-  </w:p>
-[...10 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="394466AE"/>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -974,702 +720,240 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
-[...7 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...19 lines deleted...]
-  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{88A4506D-2349-437B-9E5C-7D7D758BB0B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="en_GB"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...378 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:color w:val="666666"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="4"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
       <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-[...2 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="5"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-      <w:i/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
-  </w:style>
-[...25 lines deleted...]
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="10"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-[...1 lines deleted...]
-      <w:szCs w:val="42"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="11"/>
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:after="200"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Trebuchet MS"/>
-      <w:i/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.everway.com/products/reachdeck/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.texthelp.com/help/reachdeck" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/products/reachdeck/reachdeck-toolbar/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.texthelp.com/help/reachdeck" TargetMode="External"/></Relationships>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-boldItalic.ttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-boldItalic.ttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-italic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LexendDeca-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LexendDeca-bold.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-regular.ttf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -1951,90 +1235,25 @@
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...63 lines deleted...]
-</file>