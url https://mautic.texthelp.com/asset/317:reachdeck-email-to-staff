--- v0 (2025-10-06)
+++ v1 (2026-02-22)
@@ -1,1164 +1,1081 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p42t0m5uct8c" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:ascii="Lexend Deca" w:cs="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_blgz4492k7o5" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Lexend Deca" w:cs="Lexend Deca" w:eastAsia="Lexend Deca" w:hAnsi="Lexend Deca"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ReachDeck email announcement to staff:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear Colleagues,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We are pleased to announce that we have new accessibility software available. It’s called </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">ReachDeck</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. ReachDeck will help us to improve and maintain accessibility and inclusion company-wide. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Three ways ReachDeck will do this:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Helps us to find accessibility barriers on our website</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within ReachDeck is the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ReachDeck Auditor</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. It allows us to scan our website for accessibility errors, including broken links. It also highlights content that might be hard for everyone to understand. This means we can find and fix barriers quickly and easily. Helping us to make sure our website is welcoming to all.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supports us to break down communication barriers for all our audiences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within ReachDeck is the </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ReachDeck Editor</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. It’s an online editor that all staff can use to write content that’s easier for everyone to understand. As you write, it will highlight any jargon words or long sentences. It will also tell you the reading age of your content. This will help us to make sure all of our content is simple, clear, and inclusive of everyone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...144 lines deleted...]
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">You can access the ReachDeck Editor here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId10">
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">And find instructions on how to use the editing tool here.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Increases engagement with our online visitors </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Within ReachDeck is the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">ReachDeck Toolbar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. It supports our visitors with assistive features, such as reading, speech and translation support.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Giving them a choice in how they access our online information. Try it for yourself.  Visit our website and look for the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">orange launchpad [edit to suit your integration]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - one click on this button launches the ReachDeck Toolbar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:b w:val="1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ReachDeck will benefit all departments, and here’s why...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marketing, Comms, Design, Web Development, IT and beyond</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We know that in your fast-paced teams it can be difficult to manage quality assurance. With the ReachDeck Auditor, you can scan our website anytime you make an update. Or, build it into your team’s routine. It’ll uncover errors according to the Web Content Accessibility Guidelines (WCAG), broken links, and readability problems. Helping you to maintain accessibility of all our digital content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not only that, the ReachDeck Editor will help you to create content with best practice in mind from the start. Improve the quality and accessibility of your content. And help us to make sure our messages reach all our target audiences.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:b w:val="1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:b w:val="1"/>
-          <w:sz w:val="24"/>
-[...125 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HR, Management, Finance, and every employee in between! </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We know that every piece of information you send is valuable. But not everyone has the same level of literacy. Whether you’re writing to staff, or an external audience, the ReachDeck Editor can help. It will help you to write in a way that’s simple, and much clearer. So that you can be rest assured your information will be understood by all.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Get in touch with us to find out how you can start using ReachDeck. Or, if you’d like to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
-            <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
+            <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">give feedback on ReachDeck</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Open Sans" w:cs="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the team at Everway would love to hear from you. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-217"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Figtree" w:cs="Figtree" w:eastAsia="Figtree" w:hAnsi="Figtree"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference r:id="rId13" w:type="default"/>
-[...2 lines deleted...]
-      <w:footerReference r:id="rId16" w:type="first"/>
+      <w:headerReference r:id="rId11" w:type="default"/>
+      <w:headerReference r:id="rId12" w:type="first"/>
+      <w:footerReference r:id="rId13" w:type="first"/>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
       <w:titlePg w:val="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
-  <w:font w:name="Lexend Deca">
+  <w:font w:name="Figtree">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId5" w:subsetted="0"/>
+    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
+    <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
+    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-[...31 lines deleted...]
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-    </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
     <w:pPr>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...14 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
     <w:pPr>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
-          <wp:extent cx="2420775" cy="482368"/>
+          <wp:extent cx="2060738" cy="493718"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr descr="TexthelpR_Master_Logo_CMYK.png" id="1" name="image1.png"/>
+          <wp:docPr id="1" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="TexthelpR_Master_Logo_CMYK.png" id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2420775" cy="482368"/>
+                    <a:ext cx="2060738" cy="493718"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1554,51 +1471,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:lvl w:ilvl="0">
-      <w:start w:val="2"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1681,213 +1598,234 @@
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en_GB"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/products/reachdeck/reachdeck-toolbar/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/resources/campaigns/using-the-reachdeck-editor/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSegijCYVlZUYRn0nRoZU6Rdg4oJ7gFYLs_LTtWvz3R0JLMjxQ/viewform" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reachdeck-editor.texthelp.com/editor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/products/reachdeck/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/products/reachdeck/reachdeck-auditor/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.texthelp.com/products/reachdeck/reachdeck-editor/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/e/1FAIpQLSegijCYVlZUYRn0nRoZU6Rdg4oJ7gFYLs_LTtWvz3R0JLMjxQ/viewform" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.everway.com/products/reachdeck/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.everway.com/products/reachdeck/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reachdeck-editor.texthelp.com/editor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy.texthelp.com/reachdeck-suite/learning-resources/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LexendDeca-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-regular.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-bold.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-italic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Figtree-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>